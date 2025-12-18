--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -9,92 +9,104 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>pubblicazione_concessione</t>
   </si>
   <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>15/02/2026 23:30</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando aperto &amp;ndash; Procedura in corso</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Procedimento autorizzatorio unico regionale comprensivo di Valutazione di Impatto Ambientale ai sensi del Capo III della L.R. 4/2018 relativo al progetto denominato: “PARCO EOLICO MONTE COMERO”, che comprende l’Autorizzazione Unica alla realizzazione e all’esercizio ai sensi dell’art. 9 del D. Lgs. 190/2024</t>
+  </si>
+  <si>
+    <t>https://aggiornati.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-forli-cesena/procedimento-autorizzatorio-comprensivo-di-via-progetto-parco-eolico-monte-comero</t>
+  </si>
+  <si>
     <t>19/11/2025</t>
   </si>
   <si>
     <t>19/12/2025 23:30</t>
-  </si>
-[...7 lines deleted...]
-    <t>Non dovuto</t>
   </si>
   <si>
     <t>Avviso di avvio del procedimento ai proprietari delle aree interessate dalla costruzione e l'esercizio dell'impianto per la distribuzione di energia elettrica denominato “Ricostruzione dorsali elettriche a 15kV denominate “O.P.” e “COLINA” sottese alla Cabina Primaria denominata “FORLI VIA LUNGA” n.382478 fino alle cabine secondarie esistenti denominate “SANATORIO VE” n.217659 e “CA’ OSSI” n.537490, nel comune di Forlì (FC). Intervento finanziato nell’ambito del progetto PNRR Missione M2-C2 - Investimento 2.1 “Rafforzamento Smart Grid” in Comune di Forlì (FC)”.</t>
   </si>
   <si>
     <t>https://aggiornati.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-forli-cesena/avvio-procedimento-costruzione-esercizio-ricostruzione-dorsali-elettriche-colina-forli</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>04/01/2026 23:30</t>
   </si>
   <si>
     <t>Avviso di avvio del procedimento ai proprietari delle aree interessate dalla costruzione e all’esercizio delle opere di interesse regionale connesse al progetto denominato Metanodotto Imola-Forlì-Cesena - DN 150 (6”) - MOP 60 bar - Variante per ricollegamento All.to Comune di Cesena 1° Presa (impianto n. 22 - Codice Variante: 9115119) e Metanodotto Allacciamento Comune di Cesena 1° Presa DN 150 (6”) - MOP 60 bar (impianto n. 21575),  presentato da Snam Rete Gas S.p.A.</t>
   </si>
   <si>
     <t>https://aggiornati.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-forli-cesena/avvio-procedimento-costruzione-esercizio-metanodotto-imola-forli-cesena-snam-rete-gas</t>
   </si>
   <si>
     <t>08/10/2025</t>
   </si>
   <si>
     <t>07/12/2025 23:30</t>
   </si>
@@ -500,51 +512,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="25"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="39"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="567"/>
     <col customWidth="1" max="8" min="8" width="350"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -737,85 +749,111 @@
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="H8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>42</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
         <v>46</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>47</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>48</v>
       </c>
-      <c r="E10" t="s">
-[...5 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>49</v>
       </c>
-      <c r="H10" t="s">
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
         <v>50</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>