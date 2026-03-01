--- v1 (2025-12-18)
+++ v2 (2026-03-01)
@@ -9,92 +9,104 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Tipologia</t>
   </si>
   <si>
     <t>Data di pubblicazione</t>
   </si>
   <si>
     <t>Scadenza termini</t>
   </si>
   <si>
     <t>Chiusura procedimento</t>
   </si>
   <si>
     <t>Stato</t>
   </si>
   <si>
     <t>Rapporto situazione personale</t>
   </si>
   <si>
     <t>Titolo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>pubblicazione_concessione</t>
   </si>
   <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026 23:30</t>
+  </si>
+  <si>
+    <t>31/12/2100</t>
+  </si>
+  <si>
+    <t>Bando aperto &amp;ndash; Procedura in corso</t>
+  </si>
+  <si>
+    <t>Non dovuto</t>
+  </si>
+  <si>
+    <t>Avviso pubblico per la presentazione di manifestazioni d'interesse per la concessione mineraria denominata "Chiardovo" per lo sfruttamento di acque minerali e termali in comune di Bagno di Romagna (FC)</t>
+  </si>
+  <si>
+    <t>https://aggiornati.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-forli-cesena/avviso-presentazione-manifestazioni-interesse-concessione-mineraria-chiardovo</t>
+  </si>
+  <si>
     <t>17/12/2025</t>
   </si>
   <si>
     <t>15/02/2026 23:30</t>
-  </si>
-[...7 lines deleted...]
-    <t>Non dovuto</t>
   </si>
   <si>
     <t>Procedimento autorizzatorio unico regionale comprensivo di Valutazione di Impatto Ambientale ai sensi del Capo III della L.R. 4/2018 relativo al progetto denominato: “PARCO EOLICO MONTE COMERO”, che comprende l’Autorizzazione Unica alla realizzazione e all’esercizio ai sensi dell’art. 9 del D. Lgs. 190/2024</t>
   </si>
   <si>
     <t>https://aggiornati.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-forli-cesena/procedimento-autorizzatorio-comprensivo-di-via-progetto-parco-eolico-monte-comero</t>
   </si>
   <si>
     <t>19/11/2025</t>
   </si>
   <si>
     <t>19/12/2025 23:30</t>
   </si>
   <si>
     <t>Avviso di avvio del procedimento ai proprietari delle aree interessate dalla costruzione e l'esercizio dell'impianto per la distribuzione di energia elettrica denominato “Ricostruzione dorsali elettriche a 15kV denominate “O.P.” e “COLINA” sottese alla Cabina Primaria denominata “FORLI VIA LUNGA” n.382478 fino alle cabine secondarie esistenti denominate “SANATORIO VE” n.217659 e “CA’ OSSI” n.537490, nel comune di Forlì (FC). Intervento finanziato nell’ambito del progetto PNRR Missione M2-C2 - Investimento 2.1 “Rafforzamento Smart Grid” in Comune di Forlì (FC)”.</t>
   </si>
   <si>
     <t>https://aggiornati.arpae.it/it/autorizzazioni-e-concessioni/bandi-e-avvisi-manifestazioni-dinteresse-concessioni/avvisi-concessioni-a-forli-cesena/avvio-procedimento-costruzione-esercizio-ricostruzione-dorsali-elettriche-colina-forli</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>04/01/2026 23:30</t>
   </si>
@@ -512,51 +524,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15" outlineLevelCol="0"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="25"/>
     <col customWidth="1" max="2" min="2" width="21"/>
     <col customWidth="1" max="3" min="3" width="16"/>
     <col customWidth="1" max="4" min="4" width="21"/>
     <col customWidth="1" max="5" min="5" width="39"/>
     <col customWidth="1" max="6" min="6" width="29"/>
     <col customWidth="1" max="7" min="7" width="567"/>
     <col customWidth="1" max="8" min="8" width="350"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -775,85 +787,111 @@
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
       <c r="H9" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>46</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
         <v>50</v>
       </c>
-      <c r="C11" t="s">
+      <c r="E11" t="s">
         <v>51</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>52</v>
       </c>
-      <c r="E11" t="s">
-[...5 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>53</v>
       </c>
-      <c r="H11" t="s">
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
         <v>54</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>